--- v0 (2025-12-24)
+++ v1 (2026-03-30)
@@ -1,3655 +1,4613 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="00465902" w14:textId="7B7941C0" w:rsidR="00BB6589" w:rsidRPr="00633A9E" w:rsidRDefault="00BB6589" w:rsidP="00BB6589">
+    <w:p w:rsidR="00E6485B" w:rsidRPr="00433221" w:rsidRDefault="000C3D81" w:rsidP="00E6485B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NÁVRH NA VÝPLATU STIPENDIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A7ED35E" w14:textId="77777777" w:rsidR="007058E7" w:rsidRDefault="00BB6589" w:rsidP="00BB6589">
-[...16 lines deleted...]
-        <w:t>:</w:t>
+    <w:p w:rsidR="000C3D81" w:rsidRPr="00433221" w:rsidRDefault="008828F0" w:rsidP="00571F46">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V souladu se stipendijním řádem Technické univerzity v</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF22C9" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Liberci</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF22C9" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (dále jen „SŘ TUL“)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> navrhuji</w:t>
+      </w:r>
+      <w:r w:rsidR="00961174" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vyplatit stipendium </w:t>
+      </w:r>
+      <w:r w:rsidR="00961174" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">za měsíc </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00961174" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00961174" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>./za období od ….. do………….</w:t>
+      </w:r>
+      <w:r w:rsidR="002F0EB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E91D9B1" w14:textId="67679CEF" w:rsidR="007058E7" w:rsidRPr="004A5324" w:rsidRDefault="007058E7" w:rsidP="007058E7">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00961174" w:rsidRPr="00433221" w:rsidRDefault="00961174" w:rsidP="00571F46">
+      <w:pPr>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="004A5324">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00126039">
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="004A5324">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="004A5324">
-[...143 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prospěchové stipendium podle čl. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF22C9" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4 SŘ TUL</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="25D14326" w14:textId="32C9FB16" w:rsidR="00BB6589" w:rsidRPr="004A5324" w:rsidRDefault="007058E7" w:rsidP="007058E7">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00961174" w:rsidRPr="00433221" w:rsidRDefault="00961174" w:rsidP="00571F46">
+      <w:pPr>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="004A5324">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00126039">
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="004A5324">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="004A5324">
-[...64 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00EF22C9" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tvůrčí stipendium podle čl. 5 SŘ TUL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00961174" w:rsidRPr="00433221" w:rsidRDefault="00961174" w:rsidP="00571F46">
+      <w:pPr>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text8"/>
+            <w:name w:val="Zaškrtávací8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:textInput/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="Text8"/>
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="004A5324">
-[...43 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB6589" w:rsidRPr="004A5324">
-[...110 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00EF22C9" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>výzkumné stipendium podle čl. 6 SŘ TUL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A958B87" w14:textId="4C64F6A4" w:rsidR="007058E7" w:rsidRPr="007058E7" w:rsidRDefault="007058E7" w:rsidP="007058E7">
-[...17 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="00EF22C9" w:rsidP="00571F46">
+      <w:pPr>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00126039">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...23 lines deleted...]
-        <w:t>(549151)</w:t>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sociální stipendium podle čl. 7 SŘ TUL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E579A3E" w14:textId="49960157" w:rsidR="00BB6589" w:rsidRPr="00633A9E" w:rsidRDefault="00BB6589" w:rsidP="00BB6589">
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="00EF22C9" w:rsidP="00571F46">
       <w:pPr>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00126039">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (549144)</w:t>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zvláštní sociální stipendium podle čl. 8 SŘ TUL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C50282" w14:textId="2CB801FF" w:rsidR="00BB6589" w:rsidRPr="00633A9E" w:rsidRDefault="00BB6589" w:rsidP="00633A9E">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="00EF22C9" w:rsidP="00571F46">
+      <w:pPr>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Zaškrtávací8"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sportovní stipendium podle čl. 9 SŘ TUL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="00EF22C9" w:rsidP="00571F46">
+      <w:pPr>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00126039">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...24 lines deleted...]
-        <w:t>pořádanou akcí,</w:t>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mimořádné stipendium podle čl. 10 SŘ TUL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DFE01BB" w14:textId="77777777" w:rsidR="00BB6589" w:rsidRPr="00633A9E" w:rsidRDefault="00BB6589" w:rsidP="00633A9E">
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="00EF22C9" w:rsidP="00571F46">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:i/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00126039">
-[...8 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> ocenění studentů cenou rektora nebo cenou děkana za vynikající činnost,</w:t>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zvýšené náklady spojené s výukou studentů předepsanou studijními plány (zejména povinné praxe, exkurze, letní a zimní výcvikové kurzy), a to až do výše prokázaných výdajů za jízdné, ubytování, stravné, případně pojištění související s pořádanou akcí,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DC0AD7" w14:textId="09753EB0" w:rsidR="00BB6589" w:rsidRPr="00633A9E" w:rsidRDefault="00BB6589" w:rsidP="00633A9E">
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="00EF22C9" w:rsidP="00571F46">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:i/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00126039">
-[...8 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...18 lines deleted...]
-        <w:t>TUL ze strany studentů,</w:t>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ocenění studentů </w:t>
+      </w:r>
+      <w:r w:rsidR="001C1EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>na základě poskytnutých účelových darů a nadačních příspěvků</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B98B2E5" w14:textId="425A3FE4" w:rsidR="00BB6589" w:rsidRPr="00633A9E" w:rsidRDefault="00BB6589" w:rsidP="00633A9E">
-      <w:pPr>
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="00EF22C9" w:rsidP="00571F46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00126039">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="004A5324">
-[...82 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> činnosti pomocné studentské síly,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C13DE65" w14:textId="455886D9" w:rsidR="00BB6589" w:rsidRPr="00E07FC7" w:rsidRDefault="00BB6589" w:rsidP="00E07FC7">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="00EF22C9" w:rsidP="00571F46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00126039">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...21 lines deleted...]
-        <w:t>podpora našich studentů při výjezdu na zahraniční stáž v délce min. 30 dní.</w:t>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> činnosti studentského tutora,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="670B053E" w14:textId="15C51EB3" w:rsidR="00BB6589" w:rsidRPr="00633A9E" w:rsidRDefault="00BB6589" w:rsidP="00BB6589">
-      <w:pPr>
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="0046324E" w:rsidP="00571F46">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...1657 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00126039">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF22C9" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>reprezentace TUL ze strany studentů,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="0046324E" w:rsidP="00571F46">
+      <w:pPr>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00126039">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003063F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">další případy hodné zvláštního zřetele. Vnitřní norma fakulty – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003063F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>uveďte:…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003063F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………..</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF22C9" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A3FC96" w14:textId="77777777" w:rsidR="00157C17" w:rsidRDefault="00157C17" w:rsidP="00157C17">
-[...5 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="00EF22C9" w:rsidP="00571F46">
+      <w:pPr>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-        <w:t>dne:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Zaškrtávací7"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005609E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0046324E" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tipendium v zahraničí </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">podle čl. </w:t>
+      </w:r>
+      <w:r w:rsidR="0046324E" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SŘ TUL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61004FF8" w14:textId="77777777" w:rsidR="004A5324" w:rsidRPr="00633A9E" w:rsidRDefault="004A5324" w:rsidP="00633A9E">
-[...5 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="00EF22C9" w:rsidP="00571F46">
+      <w:pPr>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Zaškrtávací8"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005609E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="0046324E" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>odpora studia v České republice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podle čl. </w:t>
+      </w:r>
+      <w:r w:rsidR="0046324E" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SŘ TUL</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="004A5324" w:rsidRPr="00633A9E">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:p w:rsidR="00EF22C9" w:rsidRPr="00433221" w:rsidRDefault="00EF22C9" w:rsidP="00571F46">
+      <w:pPr>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Zaškrtávací7"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005609E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="0046324E" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oktorské stipendium </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">podle čl. </w:t>
+      </w:r>
+      <w:r w:rsidR="0046324E" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SŘ TUL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF22C9" w:rsidRDefault="00EF22C9" w:rsidP="00571F46">
+      <w:pPr>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Zaškrtávací7"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00067A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005609E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="0046324E" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bytovací </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stipendium podle čl. </w:t>
+      </w:r>
+      <w:r w:rsidR="0046324E" w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4 SŘ TUL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F0EB2" w:rsidRPr="00433221" w:rsidRDefault="002F0EB2" w:rsidP="0046324E">
+      <w:pPr>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>níže uvedeným studentům/studentkám.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Mkatabulky"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2065"/>
+        <w:gridCol w:w="111"/>
+        <w:gridCol w:w="1330"/>
+        <w:gridCol w:w="998"/>
+        <w:gridCol w:w="1468"/>
+        <w:gridCol w:w="1527"/>
+        <w:gridCol w:w="1495"/>
+        <w:gridCol w:w="1462"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00BF1199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Jméno a příjmení studenta/studentky</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00BF1199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>osobní číslo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="477" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00BF1199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>fakulta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="702" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00BF1199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>výše stipendia</w:t>
+            </w:r>
+            <w:r w:rsidR="00847CD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> v Kč</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2145" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00BF1199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stipendium zaúčtovat na vrub</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00BF1199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00BF1199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="477" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00BF1199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="702" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00BF1199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="730" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00BF1199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>středisko</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00BF1199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>zakázka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="700" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00BF1199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>činnost</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00496442" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00496442" w:rsidRPr="00433221" w:rsidRDefault="00496442" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00496442" w:rsidRPr="00433221" w:rsidRDefault="00496442" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="477" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00496442" w:rsidRPr="00433221" w:rsidRDefault="00496442" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="702" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00496442" w:rsidRPr="00433221" w:rsidRDefault="00496442" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="730" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00496442" w:rsidRPr="00433221" w:rsidRDefault="00496442" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00496442" w:rsidRPr="00433221" w:rsidRDefault="00496442" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="700" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="008828F0" w:rsidRPr="00433221" w:rsidRDefault="008828F0" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008828F0" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="008828F0" w:rsidRPr="00433221" w:rsidRDefault="008828F0" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008828F0" w:rsidRPr="00433221" w:rsidRDefault="008828F0" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="477" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="008828F0" w:rsidRPr="00433221" w:rsidRDefault="008828F0" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="702" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="008828F0" w:rsidRPr="00433221" w:rsidRDefault="008828F0" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="730" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="008828F0" w:rsidRPr="00433221" w:rsidRDefault="008828F0" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="008828F0" w:rsidRPr="00433221" w:rsidRDefault="008828F0" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="700" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="008828F0" w:rsidRPr="00433221" w:rsidRDefault="008828F0" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00847CD8" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00847CD8" w:rsidRPr="00847CD8" w:rsidRDefault="00847CD8" w:rsidP="00847CD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00847CD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CELKEM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="702" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00847CD8" w:rsidRPr="00433221" w:rsidRDefault="00847CD8" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2145" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00847CD8" w:rsidRPr="00433221" w:rsidRDefault="00847CD8" w:rsidP="008828F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0047691E" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w:rsidR="0047691E" w:rsidRPr="00433221" w:rsidRDefault="0047691E" w:rsidP="0047691E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zdůvodnění</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED3F3E" w:rsidRPr="009F382C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (finální textace zdůvodnění, které bude uvedeno v rozhodnutí – </w:t>
+            </w:r>
+            <w:r w:rsidR="00B11290">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vypl</w:t>
+            </w:r>
+            <w:r w:rsidR="00A900E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ní </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED3F3E" w:rsidRPr="009F382C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>navrhovatel)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0047691E" w:rsidRPr="00433221" w:rsidRDefault="0047691E" w:rsidP="0047691E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF083D" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:trPr>
+          <w:trHeight w:val="216"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF083D" w:rsidRPr="009F382C" w:rsidRDefault="00FF083D" w:rsidP="00571F46">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>V případě projektů, musí zde být uvedeno:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF083D" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:trPr>
+          <w:trHeight w:val="261"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF083D" w:rsidRDefault="00FF083D" w:rsidP="00571F46">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Název projektu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF083D" w:rsidRDefault="00FF083D" w:rsidP="00571F46">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A943D6" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:trPr>
+          <w:trHeight w:val="261"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A943D6" w:rsidRDefault="00A943D6" w:rsidP="00571F46">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Plnění cíle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A943D6" w:rsidRDefault="00A943D6" w:rsidP="00571F46">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF083D" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:trPr>
+          <w:trHeight w:val="294"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF083D" w:rsidRDefault="00FF083D" w:rsidP="00571F46">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Konkrétní plnění cíle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF083D" w:rsidRPr="009E6EE5" w:rsidRDefault="00FF083D" w:rsidP="00571F46">
+            <w:pPr>
+              <w:pStyle w:val="Textkomente"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00433221" w:rsidRPr="002F0EB2" w:rsidRDefault="00433221" w:rsidP="00433221">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Mkatabulky"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2948"/>
+        <w:gridCol w:w="2591"/>
+        <w:gridCol w:w="2374"/>
+        <w:gridCol w:w="2543"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00433221">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1239" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00433221">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Jméno a příjmení</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00433221">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>V Liberci dne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00433221">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>podpis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00433221">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Navrhovatel </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1239" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00726ECC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00726ECC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00726ECC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00433221">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Příkazce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1239" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00726ECC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00726ECC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00726ECC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00433221">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Správce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1239" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00726ECC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00726ECC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00726ECC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidTr="00422D70">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00550B0B">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433221">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Děkan</w:t>
+            </w:r>
+            <w:r w:rsidR="00571F46">
+              <w:rPr>
+                <w:rStyle w:val="Znakapoznpodarou"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:footnoteReference w:id="1"/>
+            </w:r>
+            <w:r w:rsidR="00A943D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/rektor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1239" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00726ECC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00726ECC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00726ECC" w:rsidRPr="00433221" w:rsidRDefault="00726ECC" w:rsidP="00726ECC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidRDefault="004C709A" w:rsidP="00571F46">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004C709A" w:rsidRPr="00433221" w:rsidSect="00571F46">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="391" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E291212" w14:textId="77777777" w:rsidR="00126039" w:rsidRDefault="00126039" w:rsidP="007B27D8">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00067A9D" w:rsidRDefault="00067A9D" w:rsidP="008F253F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="106AF273" w14:textId="77777777" w:rsidR="00126039" w:rsidRDefault="00126039" w:rsidP="007B27D8">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00067A9D" w:rsidRDefault="00067A9D" w:rsidP="008F253F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...19 lines deleted...]
-    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Myriad Pro">
+    <w:altName w:val="Segoe UI"/>
+    <w:panose1 w:val="020B0503030403020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="6A293BEF" w14:textId="77777777" w:rsidR="00633A9E" w:rsidRDefault="00633A9E" w:rsidP="007B27D8">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:rStyle w:val="slostrnky"/>
+      </w:rPr>
+      <w:id w:val="1379973026"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="slostrnky"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w:rsidR="00111672" w:rsidRDefault="00111672" w:rsidP="0025224A">
+        <w:pPr>
+          <w:pStyle w:val="Zpat"/>
+          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+          <w:rPr>
+            <w:rStyle w:val="slostrnky"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="slostrnky"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="slostrnky"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="slostrnky"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="00111672" w:rsidRDefault="00111672" w:rsidP="00111672">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00E35826" w:rsidRPr="006051B5" w:rsidRDefault="00067A9D" w:rsidP="006051B5">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+      <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
-        <w:rFonts w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-[...35 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="slostrnky"/>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:id w:val="226801988"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:id w:val="358171055"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="slostrnky"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidR="00633A9E" w:rsidRPr="006040E5">
+        <w:r w:rsidR="00E35826" w:rsidRPr="006051B5">
           <w:rPr>
             <w:rStyle w:val="slostrnky"/>
-            <w:rFonts w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000" w:themeColor="text1"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00633A9E" w:rsidRPr="006040E5">
+        <w:r w:rsidR="00E35826" w:rsidRPr="006051B5">
           <w:rPr>
             <w:rStyle w:val="slostrnky"/>
-            <w:rFonts w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000" w:themeColor="text1"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
-        <w:r w:rsidR="00633A9E" w:rsidRPr="006040E5">
+        <w:r w:rsidR="00E35826" w:rsidRPr="006051B5">
           <w:rPr>
             <w:rStyle w:val="slostrnky"/>
-            <w:rFonts w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000" w:themeColor="text1"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00633A9E">
+        <w:r w:rsidR="00A900E9">
           <w:rPr>
             <w:rStyle w:val="slostrnky"/>
-            <w:rFonts w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:color w:val="000000" w:themeColor="text1"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00633A9E" w:rsidRPr="006040E5">
+        <w:r w:rsidR="00E35826" w:rsidRPr="006051B5">
           <w:rPr>
             <w:rStyle w:val="slostrnky"/>
-            <w:rFonts w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000" w:themeColor="text1"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="00633A9E" w:rsidRPr="006040E5">
+    <w:r w:rsidR="00E35826" w:rsidRPr="006051B5">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
-        <w:rFonts w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> / </w:t>
     </w:r>
-    <w:r w:rsidR="00633A9E" w:rsidRPr="006040E5">
+    <w:r w:rsidR="00E35826" w:rsidRPr="006051B5">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00633A9E" w:rsidRPr="006040E5">
+    <w:r w:rsidR="00E35826" w:rsidRPr="006051B5">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r w:rsidR="00633A9E" w:rsidRPr="006040E5">
+    <w:r w:rsidR="00E35826" w:rsidRPr="006051B5">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00633A9E">
+    <w:r w:rsidR="00A900E9">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00633A9E" w:rsidRPr="006040E5">
+    <w:r w:rsidR="00E35826" w:rsidRPr="006051B5">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="42B2020E" w14:textId="77777777" w:rsidR="00633A9E" w:rsidRPr="008F1102" w:rsidRDefault="00633A9E" w:rsidP="007B27D8">
+  <w:p w:rsidR="008359C7" w:rsidRPr="006051B5" w:rsidRDefault="00E35826" w:rsidP="001B4093">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:ind w:right="360"/>
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="5948AD"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="008F1102">
+    <w:r w:rsidRPr="000D419F">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="5948AD"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Studentská 1402/2, 461 17 Liberec 1 | www.ft.tul.cz</w:t>
+      <w:t xml:space="preserve">Technická univerzita v Liberci | Studentská 1402/2, 461 </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="000D419F">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="5948AD"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>17  Liberec</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="000D419F">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="5948AD"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 1 | www.tul.cz</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="271C1547" w14:textId="77777777" w:rsidR="00126039" w:rsidRDefault="00126039" w:rsidP="007B27D8">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00067A9D" w:rsidRDefault="00067A9D" w:rsidP="008F253F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07FA5EDC" w14:textId="77777777" w:rsidR="00126039" w:rsidRDefault="00126039" w:rsidP="007B27D8">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00067A9D" w:rsidRDefault="00067A9D" w:rsidP="008F253F">
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w:rsidR="00571F46" w:rsidRPr="00571F46" w:rsidRDefault="00571F46">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00571F46">
+        <w:rPr>
+          <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00571F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Děkan fakulty, na které je student zapsán</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="59DD5C8A" w14:textId="77777777" w:rsidR="00633A9E" w:rsidRDefault="00633A9E">
+  <w:p w:rsidR="00D7069D" w:rsidRDefault="00E35826">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="73710E56" wp14:editId="533FE729">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="674F55C6" wp14:editId="686554ED">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>899795</wp:posOffset>
+            <wp:posOffset>450215</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>448945</wp:posOffset>
+            <wp:posOffset>183515</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="6077523" cy="792000"/>
-          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+          <wp:extent cx="6602095" cy="859790"/>
+          <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Picture 1"/>
+          <wp:docPr id="7" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="6077523" cy="792000"/>
+                    <a:ext cx="6602095" cy="859790"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1C340B94" w14:textId="77777777" w:rsidR="00633A9E" w:rsidRDefault="00633A9E">
-[...3 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7E7E004B"/>
+    <w:nsid w:val="13D624C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F020B1F6"/>
-    <w:lvl w:ilvl="0" w:tplc="04050001">
+    <w:tmpl w:val="E586077A"/>
+    <w:lvl w:ilvl="0" w:tplc="706683E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="48ECEEA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E2C3147"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="99246852"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="Článek %1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="425" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="282"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3305" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="787" w:hanging="360"/>
+        <w:ind w:left="4025" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
-[...5 lines deleted...]
-        <w:ind w:left="1507" w:hanging="360"/>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4745" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5465" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6185" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6905" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C1967ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D745300"/>
+    <w:lvl w:ilvl="0" w:tplc="AB323F28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
-[...5 lines deleted...]
-        <w:ind w:left="2227" w:hanging="360"/>
+    <w:lvl w:ilvl="1" w:tplc="04050019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C266DCC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="102A83EE"/>
+    <w:lvl w:ilvl="0" w:tplc="AB323F28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
-[...5 lines deleted...]
-        <w:ind w:left="2947" w:hanging="360"/>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D2F14B7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE4CADBC"/>
+    <w:lvl w:ilvl="0" w:tplc="AB323F28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
-[...5 lines deleted...]
-        <w:ind w:left="3667" w:hanging="360"/>
+    <w:lvl w:ilvl="1" w:tplc="04050019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F516905"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="898E811C"/>
+    <w:lvl w:ilvl="0" w:tplc="AB323F28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
-[...5 lines deleted...]
-        <w:ind w:left="4387" w:hanging="360"/>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39A3738B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2DA052C"/>
+    <w:lvl w:ilvl="0" w:tplc="706683E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
-[...5 lines deleted...]
-        <w:ind w:left="5107" w:hanging="360"/>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DA64E52"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1B3E9BF0"/>
+    <w:lvl w:ilvl="0" w:tplc="706683E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
-[...5 lines deleted...]
-        <w:ind w:left="5827" w:hanging="360"/>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A3068A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C1C40D9A"/>
+    <w:lvl w:ilvl="0" w:tplc="04050017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
-[...5 lines deleted...]
-        <w:ind w:left="6547" w:hanging="360"/>
+    <w:lvl w:ilvl="1" w:tplc="04050019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55377475"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0CEB9F0"/>
+    <w:lvl w:ilvl="0" w:tplc="42A0566C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64E85EEA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8EAE9DC"/>
+    <w:lvl w:ilvl="0" w:tplc="1FCC5ECA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A20650D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E754FEB4"/>
+    <w:lvl w:ilvl="0" w:tplc="AB323F28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B49604C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F7FAE506"/>
+    <w:lvl w:ilvl="0" w:tplc="04050017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
+  <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007B27D8"/>
-[...43 lines deleted...]
-    <w:rsid w:val="00FC48BD"/>
+    <w:rsidRoot w:val="00E2345F"/>
+    <w:rsid w:val="00065583"/>
+    <w:rsid w:val="00067A9D"/>
+    <w:rsid w:val="000712B2"/>
+    <w:rsid w:val="00071E1D"/>
+    <w:rsid w:val="00073533"/>
+    <w:rsid w:val="00091E44"/>
+    <w:rsid w:val="000A180A"/>
+    <w:rsid w:val="000C3D81"/>
+    <w:rsid w:val="000D1FE1"/>
+    <w:rsid w:val="000D419F"/>
+    <w:rsid w:val="000E2724"/>
+    <w:rsid w:val="00103C36"/>
+    <w:rsid w:val="00106E95"/>
+    <w:rsid w:val="00111672"/>
+    <w:rsid w:val="00116FA4"/>
+    <w:rsid w:val="0016618B"/>
+    <w:rsid w:val="00174B8F"/>
+    <w:rsid w:val="00190028"/>
+    <w:rsid w:val="0019414C"/>
+    <w:rsid w:val="00194BF9"/>
+    <w:rsid w:val="001B4093"/>
+    <w:rsid w:val="001C1EA6"/>
+    <w:rsid w:val="001C3713"/>
+    <w:rsid w:val="001C5625"/>
+    <w:rsid w:val="001E027D"/>
+    <w:rsid w:val="001F30A3"/>
+    <w:rsid w:val="00237FF3"/>
+    <w:rsid w:val="00244A9C"/>
+    <w:rsid w:val="0025775A"/>
+    <w:rsid w:val="002D164F"/>
+    <w:rsid w:val="002F0EB2"/>
+    <w:rsid w:val="00302722"/>
+    <w:rsid w:val="003063F7"/>
+    <w:rsid w:val="00340AAF"/>
+    <w:rsid w:val="00342D0F"/>
+    <w:rsid w:val="003726BF"/>
+    <w:rsid w:val="00375DAA"/>
+    <w:rsid w:val="003A1E8C"/>
+    <w:rsid w:val="003B62EA"/>
+    <w:rsid w:val="003C3978"/>
+    <w:rsid w:val="003C7838"/>
+    <w:rsid w:val="003D0690"/>
+    <w:rsid w:val="003E2D86"/>
+    <w:rsid w:val="00411585"/>
+    <w:rsid w:val="0042289B"/>
+    <w:rsid w:val="00422D70"/>
+    <w:rsid w:val="00430A2A"/>
+    <w:rsid w:val="00433221"/>
+    <w:rsid w:val="004557FB"/>
+    <w:rsid w:val="0046324E"/>
+    <w:rsid w:val="0047691E"/>
+    <w:rsid w:val="00487A25"/>
+    <w:rsid w:val="00496442"/>
+    <w:rsid w:val="004C709A"/>
+    <w:rsid w:val="004E7F70"/>
+    <w:rsid w:val="00507317"/>
+    <w:rsid w:val="0053563A"/>
+    <w:rsid w:val="00535805"/>
+    <w:rsid w:val="00550B0B"/>
+    <w:rsid w:val="005609E9"/>
+    <w:rsid w:val="005665AB"/>
+    <w:rsid w:val="00571F46"/>
+    <w:rsid w:val="005A584E"/>
+    <w:rsid w:val="005D1D09"/>
+    <w:rsid w:val="005E348D"/>
+    <w:rsid w:val="00601461"/>
+    <w:rsid w:val="006040E5"/>
+    <w:rsid w:val="006051B5"/>
+    <w:rsid w:val="00656901"/>
+    <w:rsid w:val="00661364"/>
+    <w:rsid w:val="006829CA"/>
+    <w:rsid w:val="00683A54"/>
+    <w:rsid w:val="006D5444"/>
+    <w:rsid w:val="00715782"/>
+    <w:rsid w:val="00726ECC"/>
+    <w:rsid w:val="00741E82"/>
+    <w:rsid w:val="00763B84"/>
+    <w:rsid w:val="007667DB"/>
+    <w:rsid w:val="007805A9"/>
+    <w:rsid w:val="00785E5B"/>
+    <w:rsid w:val="00796EAA"/>
+    <w:rsid w:val="007C70D7"/>
+    <w:rsid w:val="007F00C7"/>
+    <w:rsid w:val="007F5C8A"/>
+    <w:rsid w:val="008359C7"/>
+    <w:rsid w:val="00841F5B"/>
+    <w:rsid w:val="00847CD8"/>
+    <w:rsid w:val="008828F0"/>
+    <w:rsid w:val="008966C8"/>
+    <w:rsid w:val="008E09E6"/>
+    <w:rsid w:val="008F253F"/>
+    <w:rsid w:val="00917002"/>
+    <w:rsid w:val="009234AA"/>
+    <w:rsid w:val="00930F3F"/>
+    <w:rsid w:val="009441E4"/>
+    <w:rsid w:val="00947945"/>
+    <w:rsid w:val="00961174"/>
+    <w:rsid w:val="009713ED"/>
+    <w:rsid w:val="00972CFC"/>
+    <w:rsid w:val="00996CB2"/>
+    <w:rsid w:val="009C202B"/>
+    <w:rsid w:val="009D50B5"/>
+    <w:rsid w:val="009E5899"/>
+    <w:rsid w:val="009E6EE5"/>
+    <w:rsid w:val="009F2807"/>
+    <w:rsid w:val="009F382C"/>
+    <w:rsid w:val="00A36EC0"/>
+    <w:rsid w:val="00A900E9"/>
+    <w:rsid w:val="00A943D6"/>
+    <w:rsid w:val="00AA3D5E"/>
+    <w:rsid w:val="00B07FC8"/>
+    <w:rsid w:val="00B11290"/>
+    <w:rsid w:val="00B638A6"/>
+    <w:rsid w:val="00B66CC0"/>
+    <w:rsid w:val="00B71BEB"/>
+    <w:rsid w:val="00B72190"/>
+    <w:rsid w:val="00BB7828"/>
+    <w:rsid w:val="00BC00DF"/>
+    <w:rsid w:val="00BD546E"/>
+    <w:rsid w:val="00BF1199"/>
+    <w:rsid w:val="00BF1FCB"/>
+    <w:rsid w:val="00BF3AA8"/>
+    <w:rsid w:val="00C24098"/>
+    <w:rsid w:val="00C73C96"/>
+    <w:rsid w:val="00C81AE3"/>
+    <w:rsid w:val="00C82FDB"/>
+    <w:rsid w:val="00C911C5"/>
+    <w:rsid w:val="00C92A95"/>
+    <w:rsid w:val="00C9646F"/>
+    <w:rsid w:val="00CA5653"/>
+    <w:rsid w:val="00CB53DF"/>
+    <w:rsid w:val="00CD768A"/>
+    <w:rsid w:val="00D063C4"/>
+    <w:rsid w:val="00D22CA2"/>
+    <w:rsid w:val="00D51EAF"/>
+    <w:rsid w:val="00D52CA0"/>
+    <w:rsid w:val="00D7069D"/>
+    <w:rsid w:val="00D70B70"/>
+    <w:rsid w:val="00D92E21"/>
+    <w:rsid w:val="00DA4AE4"/>
+    <w:rsid w:val="00DF2937"/>
+    <w:rsid w:val="00E2345F"/>
+    <w:rsid w:val="00E35826"/>
+    <w:rsid w:val="00E44A1B"/>
+    <w:rsid w:val="00E6485B"/>
+    <w:rsid w:val="00E969C6"/>
+    <w:rsid w:val="00EB7884"/>
+    <w:rsid w:val="00ED3F3E"/>
+    <w:rsid w:val="00EE70F0"/>
+    <w:rsid w:val="00EF22C9"/>
+    <w:rsid w:val="00F26E55"/>
+    <w:rsid w:val="00F400A5"/>
+    <w:rsid w:val="00F54AE1"/>
+    <w:rsid w:val="00F76352"/>
+    <w:rsid w:val="00F83EC6"/>
+    <w:rsid w:val="00F87614"/>
+    <w:rsid w:val="00FB2BD8"/>
+    <w:rsid w:val="00FB5F05"/>
+    <w:rsid w:val="00FF083D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="292C83EF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{1691226C-585E-47AD-B4E0-FCEF447B2924}"/>
+  <w15:docId w15:val="{6E4BCE30-4447-3046-8CF1-A372E8D975C3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3674,51 +4632,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3987,398 +4945,840 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0023757A"/>
+    <w:rsid w:val="00D51EAF"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nadpis1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:link w:val="Nadpis1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00741E82"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="5948AD"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nadpis2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:link w:val="Nadpis2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00741E82"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="5948AD"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zhlav">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="ZhlavChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B27D8"/>
+    <w:rsid w:val="008F253F"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4536"/>
-        <w:tab w:val="right" w:pos="9072"/>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
     <w:name w:val="Záhlaví Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zhlav"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007B27D8"/>
+    <w:rsid w:val="008F253F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zpat">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="ZpatChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B27D8"/>
+    <w:rsid w:val="008F253F"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4536"/>
-        <w:tab w:val="right" w:pos="9072"/>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
     <w:name w:val="Zápatí Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zpat"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007B27D8"/>
+    <w:rsid w:val="008F253F"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hypertextovodkaz">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0053563A"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nevyeenzmnka1">
+    <w:name w:val="Nevyřešená zmínka1"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0053563A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis1Char">
+    <w:name w:val="Nadpis 1 Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Nadpis1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00741E82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:color w:val="5948AD"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="slostrnky">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B27D8"/>
+    <w:rsid w:val="00111672"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textkomente">
-    <w:name w:val="annotation text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis2Char">
+    <w:name w:val="Nadpis 2 Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Nadpis2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00741E82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:color w:val="5948AD"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="cs-CZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Zdraznnintenzivn">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00741E82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="5948AD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nzev">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normln"/>
-    <w:link w:val="TextkomenteChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00BB6589"/>
+    <w:next w:val="Normln"/>
+    <w:link w:val="NzevChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00741E82"/>
     <w:pPr>
-      <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NzevChar">
+    <w:name w:val="Název Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Nzev"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00741E82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="cs-CZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Podnadpis">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:link w:val="PodnadpisChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00741E82"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodnadpisChar">
+    <w:name w:val="Podnadpis Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Podnadpis"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00741E82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="cs-CZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Zdraznnjemn">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00741E82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Zdraznn">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00741E82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Siln">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00741E82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezmezer">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003726BF"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="cs-CZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextkomenteChar">
-[...28 lines deleted...]
-    <w:rsid w:val="00BB6589"/>
+  <w:style w:type="paragraph" w:styleId="Odstavecseseznamem">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normln"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B66CC0"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...13 lines deleted...]
-    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textbubliny">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="TextbublinyChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BB6589"/>
+    <w:rsid w:val="008966C8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextbublinyChar">
     <w:name w:val="Text bubliny Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Textbubliny"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BB6589"/>
+    <w:rsid w:val="008966C8"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Zstupntext">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="paragraph" w:styleId="Zkladntext">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="ZkladntextChar"/>
+    <w:rsid w:val="00E6485B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZkladntextChar">
+    <w:name w:val="Základní text Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Zkladntext"/>
+    <w:rsid w:val="00E6485B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="dka">
+    <w:name w:val="Řádka"/>
+    <w:basedOn w:val="Normln"/>
+    <w:rsid w:val="00E6485B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:noProof/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="cs-CZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textkomente">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="TextkomenteChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E6485B"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextkomenteChar">
+    <w:name w:val="Text komentáře Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Textkomente"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E6485B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pedmtkomente">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Textkomente"/>
+    <w:next w:val="Textkomente"/>
+    <w:link w:val="PedmtkomenteChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E6485B"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PedmtkomenteChar">
+    <w:name w:val="Předmět komentáře Char"/>
+    <w:basedOn w:val="TextkomenteChar"/>
+    <w:link w:val="Pedmtkomente"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E6485B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Mkatabulky">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00496442"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odkaznakoment">
+    <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F47696"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342D0F"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Odstavecseseznamem">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="paragraph" w:styleId="Textpoznpodarou">
+    <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normln"/>
-    <w:uiPriority w:val="34"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007058E7"/>
+    <w:link w:val="TextpoznpodarouChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00571F46"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextpoznpodarouChar">
+    <w:name w:val="Text pozn. pod čarou Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Textpoznpodarou"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00571F46"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Znakapoznpodarou">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00571F46"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="442725953">
+    <w:div w:id="188880560">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="210457450">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="276371909">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="883979465">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1192961110">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1962761006">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Kancelář">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Kancelář">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Kancelář">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -4482,75 +5882,101 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1896ACEB-EC1A-46CB-9E44-3F7883760021}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>233</Words>
-  <Characters>1379</Characters>
+  <Words>287</Words>
+  <Characters>1699</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>14</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>FT TUL</Company>
+  <Manager/>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1609</CharactersWithSpaces>
+  <CharactersWithSpaces>1983</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Grafik</dc:creator>
+  <dc:creator>Michaela Vurmová</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>