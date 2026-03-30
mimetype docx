--- v0 (2025-12-24)
+++ v1 (2026-03-30)
@@ -13,1160 +13,1113 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="74C27962" w14:textId="55AA4410" w:rsidR="00B06FA7" w:rsidRDefault="00B06FA7" w:rsidP="00B06FA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="0001F2FB" w14:textId="65D34080" w:rsidR="00E75B26" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D784223" w14:textId="40403E1D" w:rsidR="00E75B26" w:rsidRPr="006B1CCC" w:rsidRDefault="006B1CCC" w:rsidP="00E75B26">
+    <w:p w14:paraId="2D784223" w14:textId="40403E1D" w:rsidR="00E75B26" w:rsidRPr="00EB413C" w:rsidRDefault="006B1CCC" w:rsidP="00E75B26">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B1CCC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+      <w:r w:rsidRPr="00EB413C">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PROHLÁŠENÍ</w:t>
       </w:r>
-      <w:r w:rsidR="00E75B26" w:rsidRPr="006B1CCC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+      <w:r w:rsidR="00E75B26" w:rsidRPr="00EB413C">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> O ZANECHÁNÍ STUDIA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F84F26" w14:textId="286FA966" w:rsidR="00E75B26" w:rsidRDefault="00E75B26" w:rsidP="00E75B26">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EC2650D" w14:textId="77777777" w:rsidR="00792964" w:rsidRPr="00F6776D" w:rsidRDefault="00792964" w:rsidP="00E75B26">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="9071" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4535"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E75B26" w:rsidRPr="00215979" w14:paraId="00D4BDB6" w14:textId="77777777" w:rsidTr="00F6776D">
+      <w:tr w:rsidR="00E75B26" w:rsidRPr="00EB413C" w14:paraId="00D4BDB6" w14:textId="77777777" w:rsidTr="00F6776D">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9071" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63E26F4D" w14:textId="77777777" w:rsidR="00E75B26" w:rsidRPr="00E75B26" w:rsidRDefault="00E75B26" w:rsidP="005674EC">
+          <w:p w14:paraId="63E26F4D" w14:textId="77777777" w:rsidR="00E75B26" w:rsidRPr="00EB413C" w:rsidRDefault="00E75B26" w:rsidP="005674EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E75B26">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jméno a příjmení:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E75B26" w:rsidRPr="00215979" w14:paraId="26042BEF" w14:textId="77777777" w:rsidTr="00F6776D">
+      <w:tr w:rsidR="00E75B26" w:rsidRPr="00EB413C" w14:paraId="26042BEF" w14:textId="77777777" w:rsidTr="00F6776D">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7E8F55" w14:textId="77777777" w:rsidR="00E75B26" w:rsidRPr="00E75B26" w:rsidRDefault="00E75B26" w:rsidP="005674EC">
+          <w:p w14:paraId="7C7E8F55" w14:textId="77777777" w:rsidR="00E75B26" w:rsidRPr="00EB413C" w:rsidRDefault="00E75B26" w:rsidP="005674EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E75B26">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Osobní číslo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E4DB422" w14:textId="76D436BE" w:rsidR="00E75B26" w:rsidRPr="00E75B26" w:rsidRDefault="006B1CCC" w:rsidP="005674EC">
+          <w:p w14:paraId="1E4DB422" w14:textId="76D436BE" w:rsidR="00E75B26" w:rsidRPr="00EB413C" w:rsidRDefault="006B1CCC" w:rsidP="005674EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Datum narození:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B1CCC" w:rsidRPr="00215979" w14:paraId="198A9859" w14:textId="77777777" w:rsidTr="00F6776D">
+      <w:tr w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w14:paraId="198A9859" w14:textId="77777777" w:rsidTr="00F6776D">
         <w:trPr>
           <w:trHeight w:val="962"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D033DEE" w14:textId="2189CFA2" w:rsidR="00F35553" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
+          <w:p w14:paraId="5D033DEE" w14:textId="2189CFA2" w:rsidR="00F35553" w:rsidRPr="00EB413C" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E75B26">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Typ studia</w:t>
             </w:r>
-            <w:r w:rsidR="00F35553">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F35553" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F6776D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F6776D" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidR="00F35553">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F35553" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
-            <w:r w:rsidR="00F6776D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F6776D" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidR="00F35553">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F35553" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Program</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidR="00F35553">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F35553" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E4C0A3C" w14:textId="064C4033" w:rsidR="00F35553" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
+          <w:p w14:paraId="1E4C0A3C" w14:textId="2BE879A1" w:rsidR="00F35553" w:rsidRPr="00EB413C" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-                <w:i/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E75B26">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00F35553">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidR="00F35553" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidR="008A7A2A">
-[...32 lines deleted...]
-              <w:t xml:space="preserve">     VOTK     TM    </w:t>
+            <w:r w:rsidR="008A7A2A" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidR="00F6776D" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F35553" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/     NAV     TTMN     VOTK     TM    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59CD677B" w14:textId="0D6B6F6B" w:rsidR="006B1CCC" w:rsidRPr="00F35553" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
+          <w:p w14:paraId="59CD677B" w14:textId="435A9A10" w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-                <w:i/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E75B26">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ns</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00F35553">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidR="00F35553" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidR="008A7A2A">
-[...30 lines deleted...]
-                <w:i/>
+            <w:r w:rsidR="008A7A2A" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidR="00F35553" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">/     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E75B26">
-[...11 lines deleted...]
-              <w:t>TI     DES</w:t>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PI     TI     DES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3807AD28" w14:textId="22A94CD1" w:rsidR="006B1CCC" w:rsidRPr="00E75B26" w:rsidRDefault="00F35553" w:rsidP="006B1CCC">
+          <w:p w14:paraId="3807AD28" w14:textId="22A94CD1" w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w:rsidRDefault="00F35553" w:rsidP="006B1CCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ročník:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B1CCC" w:rsidRPr="00215979" w14:paraId="1EEA62C8" w14:textId="77777777" w:rsidTr="00F6776D">
+      <w:tr w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w14:paraId="1EEA62C8" w14:textId="77777777" w:rsidTr="00F6776D">
         <w:trPr>
           <w:trHeight w:val="1118"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41CDC18F" w14:textId="455A05F5" w:rsidR="006B1CCC" w:rsidRPr="008A7A2A" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
+          <w:p w14:paraId="41CDC18F" w14:textId="455A05F5" w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adresa trvalého bydliště</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D876996" w14:textId="77777777" w:rsidR="006B1CCC" w:rsidRPr="00E75B26" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
+          <w:p w14:paraId="0D876996" w14:textId="77777777" w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B1CCC" w:rsidRPr="00215979" w14:paraId="67BFE440" w14:textId="77777777" w:rsidTr="00F6776D">
+      <w:tr w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w14:paraId="67BFE440" w14:textId="77777777" w:rsidTr="00F6776D">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A59D71C" w14:textId="4A6F7658" w:rsidR="006B1CCC" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
+          <w:p w14:paraId="0A59D71C" w14:textId="4A6F7658" w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adresa k zasílání korespondence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59235FE2" w14:textId="2EB9B31D" w:rsidR="006B1CCC" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
+          <w:p w14:paraId="59235FE2" w14:textId="2EB9B31D" w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B1CCC">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(vyplňte pouze pokud se liší od </w:t>
             </w:r>
-            <w:r w:rsidR="008A7A2A">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidR="008A7A2A" w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>trvalého bydliště</w:t>
             </w:r>
-            <w:r w:rsidRPr="006B1CCC">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D224BBA" w14:textId="77777777" w:rsidR="006B1CCC" w:rsidRPr="00E75B26" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
+          <w:p w14:paraId="3D224BBA" w14:textId="77777777" w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B1CCC" w:rsidRPr="00215979" w14:paraId="09DB8033" w14:textId="77777777" w:rsidTr="00F6776D">
+      <w:tr w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w14:paraId="09DB8033" w14:textId="77777777" w:rsidTr="00F6776D">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0916306B" w14:textId="77777777" w:rsidR="006B1CCC" w:rsidRPr="00E75B26" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
+          <w:p w14:paraId="0916306B" w14:textId="77777777" w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E75B26">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E-mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="334C1C03" w14:textId="77777777" w:rsidR="006B1CCC" w:rsidRPr="00E75B26" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
+          <w:p w14:paraId="334C1C03" w14:textId="77777777" w:rsidR="006B1CCC" w:rsidRPr="00EB413C" w:rsidRDefault="006B1CCC" w:rsidP="006B1CCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E75B26">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telefon:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1821BE96" w14:textId="77777777" w:rsidR="00E75B26" w:rsidRPr="009A6814" w:rsidRDefault="00E75B26" w:rsidP="00E75B26">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="1821BE96" w14:textId="77777777" w:rsidR="00E75B26" w:rsidRPr="00EB413C" w:rsidRDefault="00E75B26" w:rsidP="00E75B26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6199486C" w14:textId="1F1587CC" w:rsidR="00E75B26" w:rsidRPr="009A6814" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
+    <w:p w14:paraId="6199486C" w14:textId="1F1587CC" w:rsidR="00E75B26" w:rsidRPr="00EB413C" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB413C">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">V souladu s ustanovením § 56 odst. 1 písm. a) zákona č. 111/1998 Sb., o vysokých školách a o změně a doplnění dalších zákonů (zákon o vysokých školách), ve znění platných předpisů, a podle čl. </w:t>
       </w:r>
-      <w:r w:rsidR="006B1CCC" w:rsidRPr="009A6814">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+      <w:r w:rsidR="006B1CCC" w:rsidRPr="00EB413C">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00792964">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+      <w:r w:rsidR="00792964" w:rsidRPr="00EB413C">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+      <w:r w:rsidRPr="00EB413C">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> odst. 1 Studijního a zkušebního řádu TUL </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A6814">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+      <w:r w:rsidRPr="00EB413C">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>zanechávám studia na Fakultě textilní TUL</w:t>
       </w:r>
-      <w:r w:rsidRPr="009A6814">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+      <w:r w:rsidRPr="00EB413C">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507C3F75" w14:textId="77777777" w:rsidR="00E75B26" w:rsidRPr="009A6814" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
+    <w:p w14:paraId="507C3F75" w14:textId="77777777" w:rsidR="00E75B26" w:rsidRPr="00EB413C" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="499B5EBE" w14:textId="061D4F6B" w:rsidR="00E75B26" w:rsidRPr="009A6814" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
+    <w:p w14:paraId="499B5EBE" w14:textId="061D4F6B" w:rsidR="00E75B26" w:rsidRPr="00EB413C" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB413C">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Odůvodnění žádosti (nepovinné):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688E86CC" w14:textId="77777777" w:rsidR="00E75B26" w:rsidRPr="009A6814" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
+    <w:p w14:paraId="688E86CC" w14:textId="77777777" w:rsidR="00E75B26" w:rsidRPr="00EB413C" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EFB85A2" w14:textId="77777777" w:rsidR="00E75B26" w:rsidRPr="009A6814" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
+    <w:p w14:paraId="0EFB85A2" w14:textId="77777777" w:rsidR="00E75B26" w:rsidRPr="00EB413C" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="624260C1" w14:textId="33C66A23" w:rsidR="00E75B26" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
+    <w:p w14:paraId="624260C1" w14:textId="33C66A23" w:rsidR="00E75B26" w:rsidRPr="00EB413C" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DE2899E" w14:textId="77777777" w:rsidR="009A6814" w:rsidRPr="009A6814" w:rsidRDefault="009A6814" w:rsidP="009A6814">
+    <w:p w14:paraId="5DE2899E" w14:textId="77777777" w:rsidR="009A6814" w:rsidRPr="00EB413C" w:rsidRDefault="009A6814" w:rsidP="009A6814">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E5B4EF1" w14:textId="64188C14" w:rsidR="00F35553" w:rsidRDefault="00F35553" w:rsidP="009A6814">
+    <w:p w14:paraId="5E5B4EF1" w14:textId="64188C14" w:rsidR="00F35553" w:rsidRPr="00EB413C" w:rsidRDefault="00F35553" w:rsidP="009A6814">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CC2D9BF" w14:textId="7A283F3D" w:rsidR="009A6814" w:rsidRDefault="009A6814" w:rsidP="009A6814">
+    <w:p w14:paraId="1CC2D9BF" w14:textId="7A283F3D" w:rsidR="009A6814" w:rsidRPr="00EB413C" w:rsidRDefault="009A6814" w:rsidP="009A6814">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="750EF29B" w14:textId="597E106E" w:rsidR="009A6814" w:rsidRDefault="009A6814" w:rsidP="009A6814">
+    <w:p w14:paraId="750EF29B" w14:textId="597E106E" w:rsidR="009A6814" w:rsidRPr="00EB413C" w:rsidRDefault="009A6814" w:rsidP="009A6814">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="544929FF" w14:textId="15DCF3E8" w:rsidR="009A6814" w:rsidRDefault="009A6814" w:rsidP="009A6814">
+    <w:p w14:paraId="544929FF" w14:textId="15DCF3E8" w:rsidR="009A6814" w:rsidRPr="00EB413C" w:rsidRDefault="009A6814" w:rsidP="009A6814">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5885BDB5" w14:textId="6EFA67CC" w:rsidR="009A6814" w:rsidRDefault="009A6814" w:rsidP="009A6814">
+    <w:p w14:paraId="5885BDB5" w14:textId="6EFA67CC" w:rsidR="009A6814" w:rsidRPr="00EB413C" w:rsidRDefault="009A6814" w:rsidP="009A6814">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="176CFB24" w14:textId="77777777" w:rsidR="00F6776D" w:rsidRPr="009A6814" w:rsidRDefault="00F6776D" w:rsidP="009A6814">
+    <w:p w14:paraId="176CFB24" w14:textId="77777777" w:rsidR="00F6776D" w:rsidRPr="00EB413C" w:rsidRDefault="00F6776D" w:rsidP="009A6814">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71D2BB9E" w14:textId="77777777" w:rsidR="00F35553" w:rsidRPr="009A6814" w:rsidRDefault="00F35553" w:rsidP="009A6814">
+    <w:p w14:paraId="71D2BB9E" w14:textId="77777777" w:rsidR="00F35553" w:rsidRPr="00EB413C" w:rsidRDefault="00F35553" w:rsidP="009A6814">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="9070" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4535"/>
         <w:gridCol w:w="4535"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F35553" w:rsidRPr="009A6814" w14:paraId="69B06BCA" w14:textId="77777777" w:rsidTr="00F6776D">
+      <w:tr w:rsidR="00F35553" w:rsidRPr="00EB413C" w14:paraId="69B06BCA" w14:textId="77777777" w:rsidTr="00F6776D">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3558EBA5" w14:textId="24D48256" w:rsidR="00F35553" w:rsidRPr="009A6814" w:rsidRDefault="00F35553" w:rsidP="009A6814">
+          <w:p w14:paraId="3558EBA5" w14:textId="24D48256" w:rsidR="00F35553" w:rsidRPr="00EB413C" w:rsidRDefault="00F35553" w:rsidP="009A6814">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A6814">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dne:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F54F7BA" w14:textId="77777777" w:rsidR="00F35553" w:rsidRPr="009A6814" w:rsidRDefault="00F35553" w:rsidP="009A6814">
+          <w:p w14:paraId="2F54F7BA" w14:textId="77777777" w:rsidR="00F35553" w:rsidRPr="00EB413C" w:rsidRDefault="00F35553" w:rsidP="009A6814">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A6814">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00EB413C">
+              <w:rPr>
+                <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Podpis:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BE5E2A6" w14:textId="4D9E302F" w:rsidR="009A6814" w:rsidRDefault="009A6814" w:rsidP="00792964">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009A6814">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2453B454" w14:textId="77777777" w:rsidR="001812E3" w:rsidRDefault="001812E3" w:rsidP="007B27D8">
+    <w:p w14:paraId="378B5DF3" w14:textId="77777777" w:rsidR="00AC163E" w:rsidRDefault="00AC163E" w:rsidP="007B27D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51E8DA0A" w14:textId="77777777" w:rsidR="001812E3" w:rsidRDefault="001812E3" w:rsidP="007B27D8">
+    <w:p w14:paraId="2C3B8B11" w14:textId="77777777" w:rsidR="00AC163E" w:rsidRDefault="00AC163E" w:rsidP="007B27D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Inter">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5200A1FF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Corbel"/>
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="6A293BEF" w14:textId="77777777" w:rsidR="007B27D8" w:rsidRDefault="007B27D8" w:rsidP="007B27D8">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
@@ -1180,51 +1133,51 @@
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4AED3756" w14:textId="77777777" w:rsidR="007B27D8" w:rsidRPr="008F1102" w:rsidRDefault="007B27D8" w:rsidP="007B27D8">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="924C14"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008F1102">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="924C14"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t xml:space="preserve">Technická univerzita v Liberci | Fakulta textilní </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0970AD38" w14:textId="77777777" w:rsidR="007B27D8" w:rsidRPr="006040E5" w:rsidRDefault="001812E3" w:rsidP="007B27D8">
+  <w:p w14:paraId="0970AD38" w14:textId="77777777" w:rsidR="007B27D8" w:rsidRPr="006040E5" w:rsidRDefault="00AC163E" w:rsidP="007B27D8">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="page" w:x="10156" w:y="8"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="slostrnky"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="226801988"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -1349,61 +1302,61 @@
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="924C14"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008F1102">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="924C14"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Studentská 1402/2, 461 17 Liberec 1 | www.ft.tul.cz</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="444B5212" w14:textId="77777777" w:rsidR="001812E3" w:rsidRDefault="001812E3" w:rsidP="007B27D8">
+    <w:p w14:paraId="6DF7B083" w14:textId="77777777" w:rsidR="00AC163E" w:rsidRDefault="00AC163E" w:rsidP="007B27D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28252E2E" w14:textId="77777777" w:rsidR="001812E3" w:rsidRDefault="001812E3" w:rsidP="007B27D8">
+    <w:p w14:paraId="50A2DDF2" w14:textId="77777777" w:rsidR="00AC163E" w:rsidRDefault="00AC163E" w:rsidP="007B27D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="59DD5C8A" w14:textId="77777777" w:rsidR="007B27D8" w:rsidRDefault="007B27D8">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="73710E56" wp14:editId="533FE729">
           <wp:simplePos x="0" y="0"/>
@@ -1958,58 +1911,60 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B27D8"/>
     <w:rsid w:val="001812E3"/>
     <w:rsid w:val="001E295D"/>
     <w:rsid w:val="0023757A"/>
     <w:rsid w:val="00266D93"/>
     <w:rsid w:val="002B01EA"/>
     <w:rsid w:val="002C2A26"/>
     <w:rsid w:val="005C279E"/>
     <w:rsid w:val="0064595F"/>
     <w:rsid w:val="0067433F"/>
     <w:rsid w:val="006B1CCC"/>
     <w:rsid w:val="007240CD"/>
     <w:rsid w:val="00792964"/>
     <w:rsid w:val="007B27D8"/>
     <w:rsid w:val="008242B6"/>
     <w:rsid w:val="008703AB"/>
     <w:rsid w:val="008A7A2A"/>
     <w:rsid w:val="009A6814"/>
     <w:rsid w:val="009E0D7A"/>
     <w:rsid w:val="009F78F4"/>
+    <w:rsid w:val="00AC163E"/>
     <w:rsid w:val="00B06FA7"/>
     <w:rsid w:val="00BA3845"/>
     <w:rsid w:val="00C80C8D"/>
     <w:rsid w:val="00CE1E9B"/>
     <w:rsid w:val="00CE3EA8"/>
     <w:rsid w:val="00DB7D28"/>
     <w:rsid w:val="00E04E7A"/>
     <w:rsid w:val="00E75B26"/>
+    <w:rsid w:val="00EB413C"/>
     <w:rsid w:val="00F35553"/>
     <w:rsid w:val="00F6776D"/>
     <w:rsid w:val="00FC4C18"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2847,70 +2802,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>104</Words>
-  <Characters>614</Characters>
+  <Words>101</Words>
+  <Characters>601</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FT TUL</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>717</CharactersWithSpaces>
+  <CharactersWithSpaces>701</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Grafik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>