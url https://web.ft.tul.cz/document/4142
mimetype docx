--- v0 (2025-12-24)
+++ v1 (2026-03-30)
@@ -1,1300 +1,1507 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="000127A8" w:rsidRPr="0093459A" w:rsidRDefault="000127A8" w:rsidP="00DD0F40">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="74C27962" w14:textId="55AA4410" w:rsidR="00B06FA7" w:rsidRDefault="00B06FA7" w:rsidP="00B06FA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B579C" w:rsidRDefault="00C8126F" w:rsidP="0093459A">
+    <w:p w14:paraId="0001F2FB" w14:textId="65D34080" w:rsidR="00E75B26" w:rsidRDefault="00E75B26" w:rsidP="009A6814">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A4B2E4A" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRDefault="00A25CC3" w:rsidP="00A25CC3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000127A8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>VÝSTUPNÍ LIST</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="0093459A" w:rsidRPr="0093459A" w:rsidRDefault="0093459A" w:rsidP="000B579C">
+    <w:p w14:paraId="613BC7FD" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRPr="0093459A" w:rsidRDefault="00A25CC3" w:rsidP="00A25CC3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4706"/>
-        <w:gridCol w:w="4814"/>
+        <w:gridCol w:w="4424"/>
+        <w:gridCol w:w="4530"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0001698B" w:rsidRPr="00215979" w:rsidTr="00215979">
+      <w:tr w:rsidR="00A25CC3" w:rsidRPr="00215979" w14:paraId="7AE7B094" w14:textId="77777777" w:rsidTr="002C6979">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0001698B" w:rsidRPr="00215979" w:rsidRDefault="000127A8" w:rsidP="000127A8">
+          <w:p w14:paraId="4D741F75" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRPr="00215979" w:rsidRDefault="00A25CC3" w:rsidP="002C6979">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215979">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Jméno a příjmení:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0001698B" w:rsidRPr="00215979" w:rsidTr="00215979">
+      <w:tr w:rsidR="00A25CC3" w:rsidRPr="00215979" w14:paraId="0C1F34BD" w14:textId="77777777" w:rsidTr="002C6979">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0001698B" w:rsidRPr="00215979" w:rsidRDefault="000127A8" w:rsidP="000127A8">
+          <w:p w14:paraId="256E1F3E" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRPr="00215979" w:rsidRDefault="00A25CC3" w:rsidP="002C6979">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215979">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Osobní číslo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0001698B" w:rsidRPr="00215979" w:rsidRDefault="000127A8" w:rsidP="000127A8">
+          <w:p w14:paraId="0CB16292" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRPr="00215979" w:rsidRDefault="00A25CC3" w:rsidP="002C6979">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215979">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Typ studia / obor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0001698B" w:rsidRPr="00215979" w:rsidTr="00215979">
+      <w:tr w:rsidR="00A25CC3" w:rsidRPr="00215979" w14:paraId="07AA4503" w14:textId="77777777" w:rsidTr="002C6979">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0001698B" w:rsidRPr="00215979" w:rsidRDefault="000127A8" w:rsidP="000127A8">
+          <w:p w14:paraId="2436E4E5" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRPr="00215979" w:rsidRDefault="00A25CC3" w:rsidP="002C6979">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215979">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>E-mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0001698B" w:rsidRPr="00215979" w:rsidRDefault="000127A8" w:rsidP="000127A8">
+          <w:p w14:paraId="68F7DB70" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRPr="00215979" w:rsidRDefault="00A25CC3" w:rsidP="002C6979">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215979">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Telefon:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00215979" w:rsidRDefault="00215979" w:rsidP="00215979">
+    <w:p w14:paraId="2A263817" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRDefault="00A25CC3" w:rsidP="00A25CC3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00215979" w:rsidRDefault="00215979" w:rsidP="00215979">
+    <w:p w14:paraId="1742A672" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRDefault="00A25CC3" w:rsidP="00A25CC3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215979">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Student, který ukončí studium je povinen předat studijnímu oddělení vyplněný výstupní list, na kterém mu níže uvedená pracoviště školy potvrdí, že vzala na vědomí jeho ukončení studia a student si s nimi vyrovnal veškeré závazky. Student vrátí na studijní oddělení průkaz studenta</w:t>
       </w:r>
-      <w:r w:rsidR="0093459A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> (ISIC, karta TUL)</w:t>
       </w:r>
       <w:r w:rsidRPr="00215979">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00215979" w:rsidRDefault="00215979" w:rsidP="00215979">
+    <w:p w14:paraId="72F81FF4" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRDefault="00A25CC3" w:rsidP="00A25CC3">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9520"/>
+        <w:gridCol w:w="8954"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00215979" w:rsidRPr="00215979" w:rsidTr="0093459A">
+      <w:tr w:rsidR="00A25CC3" w:rsidRPr="00215979" w14:paraId="6AE8E6BB" w14:textId="77777777" w:rsidTr="002C6979">
         <w:trPr>
           <w:trHeight w:val="2324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00215979" w:rsidRPr="00465343" w:rsidRDefault="0093459A" w:rsidP="00215979">
+          <w:p w14:paraId="33EECADA" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRPr="00465343" w:rsidRDefault="00A25CC3" w:rsidP="002C6979">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Závazky vůči TUL, poplatky za studium, administrativní poplatky </w:t>
             </w:r>
             <w:r w:rsidRPr="0093459A">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(vyplní studijní oddělení)</w:t>
             </w:r>
-            <w:r w:rsidR="00465343">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215979" w:rsidRPr="00215979" w:rsidTr="0093459A">
+      <w:tr w:rsidR="00A25CC3" w:rsidRPr="00215979" w14:paraId="0CE0F088" w14:textId="77777777" w:rsidTr="002C6979">
         <w:trPr>
           <w:trHeight w:val="2324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00215979" w:rsidRPr="006B5727" w:rsidRDefault="00215979" w:rsidP="00215979">
+          <w:p w14:paraId="03E89676" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRPr="006B5727" w:rsidRDefault="00A25CC3" w:rsidP="002C6979">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
-              <w:t>Katedra:</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Katedra: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215979" w:rsidRPr="00215979" w:rsidTr="0093459A">
+      <w:tr w:rsidR="00A25CC3" w:rsidRPr="00215979" w14:paraId="1D17025A" w14:textId="77777777" w:rsidTr="002C6979">
         <w:trPr>
           <w:trHeight w:val="2324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00215979" w:rsidRPr="00465343" w:rsidRDefault="00215979" w:rsidP="00215979">
+          <w:p w14:paraId="2C7845B5" w14:textId="585E8AFA" w:rsidR="00A25CC3" w:rsidRPr="00465343" w:rsidRDefault="00A25CC3" w:rsidP="002C6979">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
-              <w:t>Univerzitní knihovna</w:t>
+              <w:t xml:space="preserve">Univerzitní knihovna </w:t>
             </w:r>
-            <w:r w:rsidR="0093459A">
-[...6 lines deleted...]
-            <w:r w:rsidR="0093459A" w:rsidRPr="0093459A">
+            <w:r w:rsidRPr="0093459A">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">(budova H nebo </w:t>
             </w:r>
-            <w:r w:rsidR="00146872">
+            <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>kampus TUL Studentská</w:t>
             </w:r>
-            <w:r w:rsidR="00C8542B">
-[...5 lines deleted...]
-            <w:r w:rsidR="0093459A" w:rsidRPr="0093459A">
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="0093459A">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00465343">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0093459A" w:rsidRDefault="0093459A"/>
+    <w:p w14:paraId="16C2091F" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRDefault="00A25CC3" w:rsidP="00A25CC3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4706"/>
-        <w:gridCol w:w="4814"/>
+        <w:gridCol w:w="4424"/>
+        <w:gridCol w:w="4530"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00215979" w:rsidRPr="00215979" w:rsidTr="00215979">
+      <w:tr w:rsidR="00A25CC3" w:rsidRPr="00215979" w14:paraId="2B4A9234" w14:textId="77777777" w:rsidTr="002C6979">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00215979" w:rsidRPr="00215979" w:rsidRDefault="00215979" w:rsidP="000127A8">
+          <w:p w14:paraId="2CE4963F" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRPr="00215979" w:rsidRDefault="00A25CC3" w:rsidP="002C6979">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>V Liberci dne:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00215979" w:rsidRPr="00215979" w:rsidRDefault="00215979" w:rsidP="000127A8">
+          <w:p w14:paraId="5864BA43" w14:textId="77777777" w:rsidR="00A25CC3" w:rsidRPr="00215979" w:rsidRDefault="00A25CC3" w:rsidP="002C6979">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
-              <w:t>Po</w:t>
-[...13 lines deleted...]
-              <w:t>pis:</w:t>
+              <w:t>Podpis:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BD1689" w:rsidRPr="00215979" w:rsidRDefault="00BD1689" w:rsidP="00BD1689">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="5BE5E2A6" w14:textId="4D9E302F" w:rsidR="009A6814" w:rsidRDefault="009A6814" w:rsidP="00A25CC3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00BD1689" w:rsidRPr="00215979" w:rsidSect="0090283F">
+    <w:sectPr w:rsidR="009A6814">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
-      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1588" w:right="1134" w:bottom="1134" w:left="1134" w:header="1304" w:footer="266" w:gutter="0"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000555B6" w:rsidRPr="00D91740" w:rsidRDefault="000555B6" w:rsidP="00D91740">
+    <w:p w14:paraId="42590382" w14:textId="77777777" w:rsidR="00595D65" w:rsidRDefault="00595D65" w:rsidP="007B27D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000555B6" w:rsidRPr="00D91740" w:rsidRDefault="000555B6" w:rsidP="00D91740">
+    <w:p w14:paraId="510D5CC0" w14:textId="77777777" w:rsidR="00595D65" w:rsidRDefault="00595D65" w:rsidP="007B27D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Corbel"/>
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="0090283F" w:rsidRDefault="000B76A1" w:rsidP="0090283F">
+  <w:p w14:paraId="6A293BEF" w14:textId="77777777" w:rsidR="007B27D8" w:rsidRDefault="007B27D8" w:rsidP="007B27D8">
     <w:pPr>
-      <w:pStyle w:val="Default"/>
-[...4 lines deleted...]
-        <w:szCs w:val="16"/>
+      <w:pStyle w:val="Zpat"/>
+      <w:ind w:right="360"/>
+      <w:rPr>
+        <w:rStyle w:val="slostrnky"/>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...188 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+  </w:p>
+  <w:p w14:paraId="4AED3756" w14:textId="77777777" w:rsidR="007B27D8" w:rsidRPr="008F1102" w:rsidRDefault="007B27D8" w:rsidP="007B27D8">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+      <w:ind w:right="360"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="924C14"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008F1102">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="924C14"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:br/>
+      <w:t xml:space="preserve">Technická univerzita v Liberci | Fakulta textilní </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0090283F" w:rsidRDefault="0090283F" w:rsidP="0090283F">
+  <w:p w14:paraId="0970AD38" w14:textId="77777777" w:rsidR="007B27D8" w:rsidRPr="006040E5" w:rsidRDefault="00595D65" w:rsidP="007B27D8">
     <w:pPr>
-      <w:pStyle w:val="Default"/>
-      <w:spacing w:line="420" w:lineRule="auto"/>
+      <w:pStyle w:val="Zpat"/>
+      <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="page" w:x="10156" w:y="8"/>
+      <w:rPr>
+        <w:rStyle w:val="slostrnky"/>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...7 lines deleted...]
-      <w:t>tel.: +420 485 353452</w:t>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="slostrnky"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:id w:val="226801988"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rStyle w:val="slostrnky"/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:r w:rsidR="007B27D8" w:rsidRPr="006040E5">
+          <w:rPr>
+            <w:rStyle w:val="slostrnky"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="007B27D8" w:rsidRPr="006040E5">
+          <w:rPr>
+            <w:rStyle w:val="slostrnky"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r w:rsidR="007B27D8" w:rsidRPr="006040E5">
+          <w:rPr>
+            <w:rStyle w:val="slostrnky"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="007B27D8">
+          <w:rPr>
+            <w:rStyle w:val="slostrnky"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:noProof/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="007B27D8" w:rsidRPr="006040E5">
+          <w:rPr>
+            <w:rStyle w:val="slostrnky"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="007B27D8" w:rsidRPr="006040E5">
+      <w:rPr>
+        <w:rStyle w:val="slostrnky"/>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> / </w:t>
     </w:r>
-    <w:r w:rsidRPr="0090283F">
-[...6 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+    <w:r w:rsidR="007B27D8" w:rsidRPr="006040E5">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="004A267F">
-[...7 lines deleted...]
-      <w:t xml:space="preserve">| </w:t>
+    <w:r w:rsidR="007B27D8" w:rsidRPr="006040E5">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r>
-[...7 lines deleted...]
-      <w:t>jmeno.prijmeni</w:t>
+    <w:r w:rsidR="007B27D8" w:rsidRPr="006040E5">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00CC2079">
-[...7 lines deleted...]
-      <w:t xml:space="preserve">@tul.cz </w:t>
+    <w:r w:rsidR="007B27D8">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="004A267F">
-[...7 lines deleted...]
-      <w:t xml:space="preserve">| </w:t>
+    <w:r w:rsidR="007B27D8" w:rsidRPr="006040E5">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
-[...86 lines deleted...]
-      <w:t> 885</w:t>
+  </w:p>
+  <w:p w14:paraId="42B2020E" w14:textId="77777777" w:rsidR="007B27D8" w:rsidRPr="008F1102" w:rsidRDefault="007B27D8" w:rsidP="007B27D8">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="924C14"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008F1102">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="924C14"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Studentská 1402/2, 461 17 Liberec 1 | www.ft.tul.cz</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000555B6" w:rsidRPr="00D91740" w:rsidRDefault="000555B6" w:rsidP="00D91740">
+    <w:p w14:paraId="356AA1C1" w14:textId="77777777" w:rsidR="00595D65" w:rsidRDefault="00595D65" w:rsidP="007B27D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000555B6" w:rsidRPr="00D91740" w:rsidRDefault="000555B6" w:rsidP="00D91740">
+    <w:p w14:paraId="73097524" w14:textId="77777777" w:rsidR="00595D65" w:rsidRDefault="00595D65" w:rsidP="007B27D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00F47BDF" w:rsidRPr="00D91740" w:rsidRDefault="000B76A1" w:rsidP="00E63C1E">
+  <w:p w14:paraId="59DD5C8A" w14:textId="77777777" w:rsidR="007B27D8" w:rsidRDefault="007B27D8">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="73710E56" wp14:editId="533FE729">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-727710</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>899795</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-846455</wp:posOffset>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>448945</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7567295" cy="1011555"/>
-          <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+          <wp:extent cx="6077523" cy="792000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
-          <wp:docPr id="11" name="obrázek 11" descr="TUL-word_Stránka_05"/>
+          <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 11" descr="TUL-word_Stránka_05"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="1" name="Picture 1"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1"/>
-                  <a:srcRect/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7567295" cy="1011555"/>
+                    <a:ext cx="6077523" cy="792000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...5 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
+  <w:p w14:paraId="1C340B94" w14:textId="77777777" w:rsidR="007B27D8" w:rsidRDefault="007B27D8">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A273D37"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D4EB992"/>
+    <w:lvl w:ilvl="0" w:tplc="45CAEDAC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C5C6DCC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="28F83A86"/>
+    <w:lvl w:ilvl="0" w:tplc="F3F8204A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76B25281"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF4A241A"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E096792"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="75C8E534"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A0248A"/>
-[...154 lines deleted...]
-    <w:rsid w:val="00FC79E1"/>
+    <w:rsidRoot w:val="007B27D8"/>
+    <w:rsid w:val="001812E3"/>
+    <w:rsid w:val="001E295D"/>
+    <w:rsid w:val="0023757A"/>
+    <w:rsid w:val="00266D93"/>
+    <w:rsid w:val="002B01EA"/>
+    <w:rsid w:val="002C2A26"/>
+    <w:rsid w:val="00595D65"/>
+    <w:rsid w:val="005C279E"/>
+    <w:rsid w:val="0064595F"/>
+    <w:rsid w:val="0067433F"/>
+    <w:rsid w:val="006B1CCC"/>
+    <w:rsid w:val="007240CD"/>
+    <w:rsid w:val="00792964"/>
+    <w:rsid w:val="007B27D8"/>
+    <w:rsid w:val="008242B6"/>
+    <w:rsid w:val="008703AB"/>
+    <w:rsid w:val="008A7A2A"/>
+    <w:rsid w:val="008B1EA3"/>
+    <w:rsid w:val="009A6814"/>
+    <w:rsid w:val="009E0D7A"/>
+    <w:rsid w:val="009F78F4"/>
+    <w:rsid w:val="00A25CC3"/>
+    <w:rsid w:val="00B06FA7"/>
+    <w:rsid w:val="00BA3845"/>
+    <w:rsid w:val="00C80C8D"/>
+    <w:rsid w:val="00CE1E9B"/>
+    <w:rsid w:val="00CE3EA8"/>
+    <w:rsid w:val="00D4419E"/>
+    <w:rsid w:val="00DB7D28"/>
+    <w:rsid w:val="00E04E7A"/>
+    <w:rsid w:val="00E10603"/>
+    <w:rsid w:val="00E75B26"/>
+    <w:rsid w:val="00F35553"/>
+    <w:rsid w:val="00F6776D"/>
+    <w:rsid w:val="00FC4C18"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="162F4727"/>
+  <w14:docId w14:val="292C83EF"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{1691226C-585E-47AD-B4E0-FCEF447B2924}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1628,636 +1835,521 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DD0F40"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="0023757A"/>
     <w:rPr>
-      <w:sz w:val="22"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis1Char"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00727D1E"/>
+    <w:rsid w:val="00CE3EA8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="0"/>
+      <w:spacing w:before="480" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="cs-CZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zhlav">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="ZhlavChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F47BDF"/>
+    <w:rsid w:val="007B27D8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
     <w:name w:val="Záhlaví Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zhlav"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F47BDF"/>
+    <w:rsid w:val="007B27D8"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zpat">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="ZpatChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F47BDF"/>
+    <w:rsid w:val="007B27D8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
     <w:name w:val="Zápatí Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zpat"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F47BDF"/>
+    <w:rsid w:val="007B27D8"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textbubliny">
-[...2 lines deleted...]
-    <w:link w:val="TextbublinyChar"/>
+  <w:style w:type="character" w:styleId="slostrnky">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F47BDF"/>
-[...19 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="007B27D8"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis1Char">
     <w:name w:val="Nadpis 1 Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Nadpis1"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00727D1E"/>
+    <w:rsid w:val="00CE3EA8"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-    </w:rPr>
-[...23 lines deleted...]
-      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="cs-CZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TUL2011">
-    <w:name w:val="TUL2011"/>
+  <w:style w:type="paragraph" w:styleId="Odstavecseseznamem">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normln"/>
-    <w:next w:val="Normln"/>
-[...9 lines deleted...]
-    <w:rsid w:val="0090283F"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE3EA8"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
-[...12 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="cs-CZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Mkatabulky">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normlntabulka"/>
     <w:uiPriority w:val="59"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0001698B"/>
+    <w:rsid w:val="00E75B26"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="cs-CZ"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\uzivatel\Desktop\Jana\hlavi&#269;ky\ft-hlavickovy-papir-zakladni-cz.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv sady Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Kancelář">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Kancelář">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>ft-hlavickovy-papir-zakladni-cz.dot</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>86</Words>
-  <Characters>512</Characters>
+  <Words>84</Words>
+  <Characters>497</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>TULšablonaWORD2011</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company>FT TUL</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>597</CharactersWithSpaces>
+  <CharactersWithSpaces>580</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>TULšablonaWORD2011</dc:title>
-[...1 lines deleted...]
-  <cp:lastModifiedBy/>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Grafik</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>